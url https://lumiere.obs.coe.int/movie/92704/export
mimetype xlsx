--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -935,58 +935,60 @@
       </c>
       <c r="C11">
         <v>44715</v>
       </c>
       <c r="D11" s="3">
         <v>131</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>131</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12">
         <v>45015</v>
       </c>
       <c r="D12" s="3">
-        <v>653</v>
+        <v>917</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3">
         <v>653</v>
       </c>
-      <c r="H12" s="3"/>
+      <c r="H12" s="3">
+        <v>264</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
       <c r="C13">
         <v>44812</v>
       </c>
       <c r="D13" s="3">
         <v>5561</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>5561</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>46</v>
       </c>
@@ -1205,83 +1207,83 @@
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24">
         <v>44812</v>
       </c>
       <c r="D24" s="3">
         <v>1439</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>1439</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="3">
-        <v>292702</v>
+        <v>292966</v>
       </c>
       <c r="E25" s="3">
         <v>233137</v>
       </c>
       <c r="F25" s="3">
         <v>56637</v>
       </c>
       <c r="G25" s="3">
         <v>2010</v>
       </c>
       <c r="H25" s="3">
-        <v>918</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>64</v>
       </c>
       <c r="D26" s="3">
-        <v>314595</v>
+        <v>314859</v>
       </c>
       <c r="E26" s="3">
         <v>233690</v>
       </c>
       <c r="F26" s="3">
         <v>77977</v>
       </c>
       <c r="G26" s="3">
         <v>2010</v>
       </c>
       <c r="H26" s="3">
-        <v>918</v>
+        <v>1182</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>