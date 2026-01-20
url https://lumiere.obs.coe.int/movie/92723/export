--- v0 (2025-11-21)
+++ v1 (2026-01-20)
@@ -1253,60 +1253,62 @@
         <v>44813</v>
       </c>
       <c r="D20" s="3">
         <v>4106</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>4064</v>
       </c>
       <c r="G20" s="3">
         <v>42</v>
       </c>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21">
         <v>44862</v>
       </c>
       <c r="D21" s="3">
-        <v>9648</v>
+        <v>10031</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>8989</v>
       </c>
       <c r="G21" s="3">
         <v>659</v>
       </c>
-      <c r="H21" s="3"/>
+      <c r="H21" s="3">
+        <v>383</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22">
         <v>44567</v>
       </c>
       <c r="D22" s="3">
         <v>2370</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>2256</v>
       </c>
       <c r="G22" s="3">
         <v>114</v>
       </c>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
@@ -1419,83 +1421,83 @@
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28">
         <v>44596</v>
       </c>
       <c r="D28" s="3">
         <v>4839</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>4839</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="3">
-        <v>303888</v>
+        <v>304271</v>
       </c>
       <c r="E29" s="3">
         <v>154720</v>
       </c>
       <c r="F29" s="3">
         <v>142312</v>
       </c>
       <c r="G29" s="3">
         <v>5904</v>
       </c>
       <c r="H29" s="3">
-        <v>952</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="3">
-        <v>316573</v>
+        <v>316956</v>
       </c>
       <c r="E30" s="3">
         <v>156523</v>
       </c>
       <c r="F30" s="3">
         <v>153036</v>
       </c>
       <c r="G30" s="3">
         <v>6062</v>
       </c>
       <c r="H30" s="3">
-        <v>952</v>
+        <v>1335</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>