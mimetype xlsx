--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -931,62 +931,64 @@
         <v>44651</v>
       </c>
       <c r="D8" s="3">
         <v>9178</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>9160</v>
       </c>
       <c r="G8" s="3">
         <v>18</v>
       </c>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9">
         <v>44664</v>
       </c>
       <c r="D9" s="3">
-        <v>43865</v>
+        <v>44175</v>
       </c>
       <c r="E9" s="3">
         <v>2202</v>
       </c>
       <c r="F9" s="3">
         <v>39806</v>
       </c>
       <c r="G9" s="3">
         <v>1857</v>
       </c>
-      <c r="H9" s="3"/>
+      <c r="H9" s="3">
+        <v>310</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10">
         <v>44757</v>
       </c>
       <c r="D10" s="3">
         <v>2546</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>2488</v>
       </c>
       <c r="G10" s="3">
         <v>58</v>
       </c>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
@@ -1271,83 +1273,83 @@
       </c>
       <c r="C24">
         <v>44819</v>
       </c>
       <c r="D24" s="3">
         <v>512</v>
       </c>
       <c r="E24" s="3">
         <v>27</v>
       </c>
       <c r="F24" s="3">
         <v>377</v>
       </c>
       <c r="G24" s="3">
         <v>53</v>
       </c>
       <c r="H24" s="3">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="3">
-        <v>118381</v>
+        <v>118691</v>
       </c>
       <c r="E25" s="3">
         <v>23942</v>
       </c>
       <c r="F25" s="3">
         <v>90046</v>
       </c>
       <c r="G25" s="3">
         <v>4036</v>
       </c>
       <c r="H25" s="3">
-        <v>357</v>
+        <v>667</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="3">
-        <v>125936</v>
+        <v>126246</v>
       </c>
       <c r="E26" s="3">
         <v>24242</v>
       </c>
       <c r="F26" s="3">
         <v>97135</v>
       </c>
       <c r="G26" s="3">
         <v>4077</v>
       </c>
       <c r="H26" s="3">
-        <v>482</v>
+        <v>792</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>