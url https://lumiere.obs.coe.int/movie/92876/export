--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -169,87 +169,87 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Galapagos Films</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Fantasie</t>
+  </si>
+  <si>
     <t>DE,FR,NL,SE</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Фантазии</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Fetiches</t>
   </si>
   <si>
     <t>CA,CH</t>
   </si>
   <si>
     <t>Les Fantasmes</t>
   </si>
   <si>
     <t>Las fantasías</t>
   </si>
   <si>
     <t>GB,SG,US</t>
   </si>
   <si>
     <t>Fantasies</t>
   </si>
   <si>
     <t>Szexfantáziák</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fantasie</t>
   </si>
   <si>
     <t>Fantazijos tik suaugusiems</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Fantasías</t>
   </si>
   <si>
     <t>Fantazje</t>
   </si>
   <si>
     <t>Fantasias</t>
   </si>
   <si>
     <t>Fanteziler</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Фантазии для взрослых</t>
   </si>
@@ -1077,104 +1077,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>54</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>43</v>
       </c>