--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -920,60 +920,62 @@
         <v>44673</v>
       </c>
       <c r="D8" s="3">
         <v>2498</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>2408</v>
       </c>
       <c r="G8" s="3">
         <v>90</v>
       </c>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9">
         <v>44840</v>
       </c>
       <c r="D9" s="3">
-        <v>1882</v>
+        <v>3368</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>1790</v>
       </c>
       <c r="G9" s="3">
         <v>92</v>
       </c>
-      <c r="H9" s="3"/>
+      <c r="H9" s="3">
+        <v>1486</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10">
         <v>44673</v>
       </c>
       <c r="D10" s="3">
         <v>142</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>142</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>41</v>
       </c>
@@ -1117,83 +1119,83 @@
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
       <c r="C18">
         <v>44799</v>
       </c>
       <c r="D18" s="3">
         <v>1805</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>1805</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="3">
-        <v>153566</v>
+        <v>155052</v>
       </c>
       <c r="E19" s="3">
         <v>32485</v>
       </c>
       <c r="F19" s="3">
         <v>86944</v>
       </c>
       <c r="G19" s="3">
         <v>21208</v>
       </c>
       <c r="H19" s="3">
-        <v>12929</v>
+        <v>14415</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="3">
-        <v>155190</v>
+        <v>156676</v>
       </c>
       <c r="E20" s="3">
         <v>32485</v>
       </c>
       <c r="F20" s="3">
         <v>88491</v>
       </c>
       <c r="G20" s="3">
         <v>21208</v>
       </c>
       <c r="H20" s="3">
-        <v>13006</v>
+        <v>14492</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>