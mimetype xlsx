--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -705,63 +705,63 @@
       </c>
       <c r="C2">
         <v>44901</v>
       </c>
       <c r="D2" s="3">
         <v>18</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>18</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3">
         <v>44468</v>
       </c>
       <c r="D3" s="3">
-        <v>17970</v>
+        <v>18495</v>
       </c>
       <c r="E3" s="3">
         <v>9493</v>
       </c>
       <c r="F3" s="3">
         <v>6465</v>
       </c>
       <c r="G3" s="3">
         <v>1833</v>
       </c>
       <c r="H3" s="3">
-        <v>179</v>
+        <v>704</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4">
         <v>44461</v>
       </c>
       <c r="D4" s="3">
         <v>3743</v>
       </c>
       <c r="E4" s="3">
         <v>2805</v>
       </c>
       <c r="F4" s="3">
         <v>559</v>
       </c>
       <c r="G4" s="3">
         <v>239</v>
       </c>
       <c r="H4" s="3">
@@ -895,121 +895,123 @@
       </c>
       <c r="C10">
         <v>44489</v>
       </c>
       <c r="D10" s="3">
         <v>4586</v>
       </c>
       <c r="E10" s="3">
         <v>4586</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11">
         <v>44673</v>
       </c>
       <c r="D11" s="3">
-        <v>2860</v>
+        <v>3134</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>1448</v>
       </c>
       <c r="G11" s="3">
         <v>1412</v>
       </c>
-      <c r="H11" s="3"/>
+      <c r="H11" s="3">
+        <v>274</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12">
         <v>45107</v>
       </c>
       <c r="D12" s="3">
         <v>431</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3">
         <v>319</v>
       </c>
       <c r="H12" s="3">
         <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="3">
-        <v>244659</v>
+        <v>245458</v>
       </c>
       <c r="E13" s="3">
         <v>163688</v>
       </c>
       <c r="F13" s="3">
         <v>36457</v>
       </c>
       <c r="G13" s="3">
         <v>32086</v>
       </c>
       <c r="H13" s="3">
-        <v>12428</v>
+        <v>13227</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="3">
-        <v>252988</v>
+        <v>253787</v>
       </c>
       <c r="E14" s="3">
         <v>171079</v>
       </c>
       <c r="F14" s="3">
         <v>37016</v>
       </c>
       <c r="G14" s="3">
         <v>32325</v>
       </c>
       <c r="H14" s="3">
-        <v>12568</v>
+        <v>13367</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>