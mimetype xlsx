--- v0 (2025-12-12)
+++ v1 (2026-01-21)
@@ -949,141 +949,143 @@
         <v>44813</v>
       </c>
       <c r="D11" s="3">
         <v>1693</v>
       </c>
       <c r="E11" s="3">
         <v>66</v>
       </c>
       <c r="F11" s="3">
         <v>1627</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12">
         <v>44694</v>
       </c>
       <c r="D12" s="3">
-        <v>3102</v>
+        <v>5863</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>1041</v>
       </c>
       <c r="G12" s="3">
         <v>2061</v>
       </c>
-      <c r="H12" s="3"/>
+      <c r="H12" s="3">
+        <v>2761</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
       <c r="C13">
         <v>44756</v>
       </c>
       <c r="D13" s="3">
         <v>244</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>244</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
         <v>44910</v>
       </c>
       <c r="D14" s="3">
         <v>75</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>28</v>
       </c>
       <c r="G14" s="3">
         <v>47</v>
       </c>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="3">
-        <v>43480</v>
+        <v>46241</v>
       </c>
       <c r="E15" s="3">
         <v>24222</v>
       </c>
       <c r="F15" s="3">
         <v>13851</v>
       </c>
       <c r="G15" s="3">
         <v>5260</v>
       </c>
       <c r="H15" s="3">
-        <v>147</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="3">
-        <v>45432</v>
+        <v>48193</v>
       </c>
       <c r="E16" s="3">
         <v>24288</v>
       </c>
       <c r="F16" s="3">
         <v>15645</v>
       </c>
       <c r="G16" s="3">
         <v>5260</v>
       </c>
       <c r="H16" s="3">
-        <v>239</v>
+        <v>3000</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>