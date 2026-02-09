--- v0 (2025-11-20)
+++ v1 (2026-02-09)
@@ -622,60 +622,62 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2">
         <v>44755</v>
       </c>
       <c r="D2" s="3">
-        <v>1642</v>
+        <v>3276</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>729</v>
       </c>
       <c r="G2" s="3">
         <v>913</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>1634</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
         <v>26</v>
       </c>
       <c r="C3">
         <v>44888</v>
       </c>
       <c r="D3" s="3">
         <v>1370</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>572</v>
       </c>
       <c r="G3" s="3">
         <v>617</v>
       </c>
       <c r="H3" s="3">
         <v>181</v>
       </c>
     </row>
@@ -708,83 +710,83 @@
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5">
         <v>44433</v>
       </c>
       <c r="D5" s="3">
         <v>25149</v>
       </c>
       <c r="E5" s="3">
         <v>24456</v>
       </c>
       <c r="F5" s="3">
         <v>693</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="3">
-        <v>28494</v>
+        <v>30128</v>
       </c>
       <c r="E6" s="3">
         <v>24456</v>
       </c>
       <c r="F6" s="3">
         <v>2625</v>
       </c>
       <c r="G6" s="3">
         <v>1338</v>
       </c>
       <c r="H6" s="3">
-        <v>75</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="3">
-        <v>29864</v>
+        <v>31498</v>
       </c>
       <c r="E7" s="3">
         <v>24456</v>
       </c>
       <c r="F7" s="3">
         <v>3197</v>
       </c>
       <c r="G7" s="3">
         <v>1955</v>
       </c>
       <c r="H7" s="3">
-        <v>256</v>
+        <v>1890</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>