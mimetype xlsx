--- v0 (2025-11-21)
+++ v1 (2026-01-20)
@@ -860,63 +860,63 @@
       </c>
       <c r="C3">
         <v>44658</v>
       </c>
       <c r="D3" s="3">
         <v>44</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>44</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4">
         <v>44489</v>
       </c>
       <c r="D4" s="3">
-        <v>15925</v>
+        <v>15897</v>
       </c>
       <c r="E4" s="3">
         <v>11339</v>
       </c>
       <c r="F4" s="3">
         <v>3189</v>
       </c>
       <c r="G4" s="3">
         <v>891</v>
       </c>
       <c r="H4" s="3">
-        <v>506</v>
+        <v>478</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5">
         <v>44575</v>
       </c>
       <c r="D5" s="3">
         <v>1719</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>1700</v>
       </c>
       <c r="G5" s="3">
         <v>19</v>
       </c>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8">
@@ -1236,60 +1236,62 @@
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="3">
         <v>48</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>48</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>59</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21">
         <v>44778</v>
       </c>
       <c r="D21" s="3">
-        <v>22446</v>
+        <v>24126</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>20960</v>
       </c>
       <c r="G21" s="3">
         <v>1486</v>
       </c>
-      <c r="H21" s="3"/>
+      <c r="H21" s="3">
+        <v>1680</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22">
         <v>44581</v>
       </c>
       <c r="D22" s="3">
         <v>790</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>790</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>63</v>
       </c>
@@ -1380,83 +1382,83 @@
         <v>70</v>
       </c>
       <c r="B27" t="s">
         <v>36</v>
       </c>
       <c r="C27">
         <v>44658</v>
       </c>
       <c r="D27" s="3">
         <v>860</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>701</v>
       </c>
       <c r="G27" s="3">
         <v>159</v>
       </c>
       <c r="H27" s="3"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="3">
-        <v>1203036</v>
+        <v>1204688</v>
       </c>
       <c r="E28" s="3">
         <v>858012</v>
       </c>
       <c r="F28" s="3">
         <v>318292</v>
       </c>
       <c r="G28" s="3">
         <v>22976</v>
       </c>
       <c r="H28" s="3">
-        <v>3756</v>
+        <v>5408</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="3">
-        <v>1215666</v>
+        <v>1217318</v>
       </c>
       <c r="E29" s="3">
         <v>866399</v>
       </c>
       <c r="F29" s="3">
         <v>322164</v>
       </c>
       <c r="G29" s="3">
         <v>23008</v>
       </c>
       <c r="H29" s="3">
-        <v>4095</v>
+        <v>5747</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>