--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -615,104 +615,103 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2">
         <v>44538</v>
       </c>
       <c r="D2" s="3">
-        <v>26729</v>
+        <v>27681</v>
       </c>
       <c r="E2" s="3">
         <v>7111</v>
       </c>
       <c r="F2" s="3">
         <v>16551</v>
       </c>
       <c r="G2" s="3">
         <v>2578</v>
       </c>
       <c r="H2" s="3">
-        <v>489</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
         <v>26</v>
       </c>
       <c r="C3">
         <v>44531</v>
       </c>
       <c r="D3" s="3">
         <v>10184</v>
       </c>
       <c r="E3" s="3">
         <v>5246</v>
       </c>
       <c r="F3" s="3">
         <v>4085</v>
       </c>
       <c r="G3" s="3">
         <v>647</v>
       </c>
       <c r="H3" s="3">
@@ -793,140 +792,142 @@
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="3">
         <v>6</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>6</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8">
         <v>44197</v>
       </c>
       <c r="D8" s="3">
-        <v>6950</v>
+        <v>7705</v>
       </c>
       <c r="E8" s="3">
         <v>953</v>
       </c>
       <c r="F8" s="3">
         <v>4160</v>
       </c>
       <c r="G8" s="3">
         <v>1837</v>
       </c>
-      <c r="H8" s="3"/>
+      <c r="H8" s="3">
+        <v>755</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="3">
         <v>37</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>37</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10">
         <v>45225</v>
       </c>
       <c r="D10" s="3">
         <v>454</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3">
         <v>68</v>
       </c>
       <c r="H10" s="3">
         <v>386</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="3">
-        <v>271160</v>
+        <v>272867</v>
       </c>
       <c r="E11" s="3">
         <v>123558</v>
       </c>
       <c r="F11" s="3">
         <v>121790</v>
       </c>
       <c r="G11" s="3">
         <v>16496</v>
       </c>
       <c r="H11" s="3">
-        <v>9316</v>
+        <v>11023</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="3">
-        <v>281350</v>
+        <v>283057</v>
       </c>
       <c r="E12" s="3">
         <v>128804</v>
       </c>
       <c r="F12" s="3">
         <v>125881</v>
       </c>
       <c r="G12" s="3">
         <v>17143</v>
       </c>
       <c r="H12" s="3">
-        <v>9522</v>
+        <v>11229</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>