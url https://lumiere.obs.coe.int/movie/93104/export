--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -827,83 +827,85 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2">
         <v>44981</v>
       </c>
       <c r="D2" s="3">
-        <v>1498</v>
+        <v>3396</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3">
         <v>1498</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>1898</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3">
         <v>44545</v>
       </c>
       <c r="D3" s="3">
-        <v>13337</v>
+        <v>13787</v>
       </c>
       <c r="E3" s="3">
         <v>3097</v>
       </c>
       <c r="F3" s="3">
         <v>7371</v>
       </c>
       <c r="G3" s="3">
         <v>2359</v>
       </c>
       <c r="H3" s="3">
-        <v>510</v>
+        <v>960</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4">
         <v>44538</v>
       </c>
       <c r="D4" s="3">
         <v>3585</v>
       </c>
       <c r="E4" s="3">
         <v>508</v>
       </c>
       <c r="F4" s="3">
         <v>1369</v>
       </c>
       <c r="G4" s="3">
         <v>1460</v>
       </c>
       <c r="H4" s="3">
@@ -945,60 +947,62 @@
         <v>44980</v>
       </c>
       <c r="D6" s="3">
         <v>35842</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3">
         <v>25577</v>
       </c>
       <c r="H6" s="3">
         <v>10265</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7">
         <v>44833</v>
       </c>
       <c r="D7" s="3">
-        <v>7378</v>
+        <v>17543</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>1361</v>
       </c>
       <c r="G7" s="3">
         <v>6017</v>
       </c>
-      <c r="H7" s="3"/>
+      <c r="H7" s="3">
+        <v>10165</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8">
         <v>44680</v>
       </c>
       <c r="D8" s="3">
         <v>3412</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>3338</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
@@ -1205,61 +1209,61 @@
       </c>
       <c r="C18">
         <v>45207</v>
       </c>
       <c r="D18" s="3">
         <v>35</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3">
         <v>35</v>
       </c>
       <c r="H18" s="3"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19">
         <v>44658</v>
       </c>
       <c r="D19" s="3">
-        <v>4381</v>
+        <v>4133</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>3081</v>
       </c>
       <c r="G19" s="3">
         <v>688</v>
       </c>
       <c r="H19" s="3">
-        <v>612</v>
+        <v>364</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>57</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20">
         <v>44883</v>
       </c>
       <c r="D20" s="3">
         <v>13832</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>5643</v>
       </c>
       <c r="G20" s="3">
         <v>3057</v>
       </c>
       <c r="H20" s="3">
         <v>5132</v>
       </c>
@@ -1357,83 +1361,83 @@
       <c r="B25" t="s">
         <v>32</v>
       </c>
       <c r="C25">
         <v>44713</v>
       </c>
       <c r="D25" s="3">
         <v>4577</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>3904</v>
       </c>
       <c r="G25" s="3">
         <v>224</v>
       </c>
       <c r="H25" s="3">
         <v>449</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="3">
-        <v>418655</v>
+        <v>430920</v>
       </c>
       <c r="E26" s="3">
         <v>36799</v>
       </c>
       <c r="F26" s="3">
         <v>239784</v>
       </c>
       <c r="G26" s="3">
         <v>119649</v>
       </c>
       <c r="H26" s="3">
-        <v>22423</v>
+        <v>34688</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="3">
-        <v>436154</v>
+        <v>448419</v>
       </c>
       <c r="E27" s="3">
         <v>37307</v>
       </c>
       <c r="F27" s="3">
         <v>246878</v>
       </c>
       <c r="G27" s="3">
         <v>124166</v>
       </c>
       <c r="H27" s="3">
-        <v>27803</v>
+        <v>40068</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>