--- v0 (2025-12-16)
+++ v1 (2026-01-08)
@@ -115,150 +115,150 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Capricci Films/Les Bookmakers</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Filmclub Distribuzione</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Engendro del diablo</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,GB,US</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Chromosoom 3</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Роякът</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Filhos do Medo</t>
+  </si>
+  <si>
+    <t>David Cronenberg's the Brood</t>
+  </si>
+  <si>
+    <t>La clinique de la terreur</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>El engendro del diablo</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Cromosoma 3</t>
+  </si>
+  <si>
+    <t>Cromosoma tres</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Missfostret</t>
+  </si>
+  <si>
+    <t>Brood - vihan jälkeläiset</t>
+  </si>
+  <si>
+    <t>Chromosome 3</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Porontyok</t>
+  </si>
+  <si>
+    <t>Brood - La covata malefica</t>
+  </si>
+  <si>
+    <t>Engendros del mal</t>
+  </si>
+  <si>
+    <t>Los engendros del diablo</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Broedsel</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Misfosteret</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pomiot</t>
   </si>
   <si>
     <t>Potomstwo</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Ninhada</t>
-  </si>
-[...85 lines deleted...]
-    <t>Misfosteret</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Leglo</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Hastanede Dehşet</t>
   </si>
   <si>
     <t>Bывoдок</t>
   </si>
   <si>
     <t>Die Brut</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Виводок</t>
   </si>
@@ -890,253 +890,253 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>65</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>67</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>73</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>76</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>