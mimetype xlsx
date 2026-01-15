--- v0 (2025-12-10)
+++ v1 (2026-01-15)
@@ -109,50 +109,56 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Carlotta Films</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Zlatni metak</t>
+  </si>
+  <si>
     <t>ES,IT</t>
   </si>
   <si>
     <t>BR,PL</t>
   </si>
   <si>
     <t>Gringo</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Dios perdona... ¡yo no!</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кой знае?</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Uma Bala Para o General</t>
@@ -188,56 +194,50 @@
     <t>El Chuncho</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>El Chucho Quien Sabe? (subtitle A Bullet for the General)</t>
   </si>
   <si>
     <t>El Chuncho Quien Sabe? (subtitle A Bullet for the General)</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Kaftes sfaires gia to stratigo</t>
   </si>
   <si>
     <t>Oi tyhodioktes tis Kolaseos</t>
   </si>
   <si>
     <t>Viva Comancheros</t>
   </si>
   <si>
     <t>Viva Mexico</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zlatni metak</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Golyó a tábornoknak</t>
   </si>
   <si>
     <t>IT,US</t>
   </si>
   <si>
     <t>El Chucho Quién Sabe?</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>群盗荒野を裂く</t>
   </si>
   <si>
     <t>Guntô kôya o saku</t>
   </si>
   <si>
     <t>KR</t>
   </si>
@@ -880,59 +880,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
@@ -941,123 +941,123 @@
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>64</v>
       </c>
@@ -1122,51 +1122,51 @@
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>78</v>
       </c>
       <c r="B30" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>80</v>
       </c>
       <c r="B31" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B33" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>84</v>
       </c>
       <c r="B34" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>84</v>
       </c>
       <c r="B35" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>84</v>
       </c>