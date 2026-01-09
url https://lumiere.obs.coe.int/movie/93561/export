--- v0 (2025-11-26)
+++ v1 (2026-01-09)
@@ -809,50 +809,53 @@
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="3">
         <v>62</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3">
         <v>62</v>
       </c>
       <c r="H7" s="3"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
+      <c r="C8">
+        <v>45631</v>
+      </c>
       <c r="D8" s="3">
         <v>211</v>
       </c>
       <c r="E8" s="3">
         <v>30</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9">
         <v>44694</v>
       </c>
       <c r="D9" s="3">
         <v>91738</v>
       </c>