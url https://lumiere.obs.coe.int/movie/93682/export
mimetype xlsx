--- v0 (2025-12-23)
+++ v1 (2026-01-12)
@@ -82,50 +82,62 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Lovløs</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Zakoni granice</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Buntownicy</t>
   </si>
   <si>
     <t>AR,ES,MX,NL</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Psanci</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Outlaws</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>As Leis da Fronteira</t>
@@ -161,62 +173,50 @@
     <t>Rajan lait</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Le leggi della frontiera</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>로우 오브 더 보더</t>
   </si>
   <si>
     <t>LT,LV,RU</t>
   </si>
   <si>
     <t>Законы границ</t>
   </si>
   <si>
     <t>MD,RO</t>
   </si>
   <si>
     <t>Proscrișii</t>
-  </si>
-[...10 lines deleted...]
-    <t>Zakoni granice</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Sınırın Yasaları</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Закони кордонів</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -747,67 +747,67 @@
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>