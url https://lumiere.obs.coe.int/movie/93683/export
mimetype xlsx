--- v0 (2025-12-22)
+++ v1 (2026-02-06)
@@ -632,60 +632,62 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
         <v>44924</v>
       </c>
       <c r="D2" s="3">
-        <v>13853</v>
+        <v>14410</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>3008</v>
       </c>
       <c r="G2" s="3">
         <v>10845</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>557</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3">
         <v>44924</v>
       </c>
       <c r="D3" s="3">
         <v>103626</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>6507</v>
       </c>
       <c r="G3" s="3">
         <v>92005</v>
       </c>
       <c r="H3" s="3">
         <v>5114</v>
       </c>
     </row>
@@ -710,83 +712,83 @@
       </c>
       <c r="G4" s="3">
         <v>515</v>
       </c>
       <c r="H4" s="3"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="3">
         <v>730</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>730</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="3">
-        <v>223570</v>
+        <v>224127</v>
       </c>
       <c r="E6" s="3">
         <v>90373</v>
       </c>
       <c r="F6" s="3">
         <v>24718</v>
       </c>
       <c r="G6" s="3">
         <v>103365</v>
       </c>
       <c r="H6" s="3">
-        <v>5114</v>
+        <v>5671</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="3">
-        <v>223570</v>
+        <v>224127</v>
       </c>
       <c r="E7" s="3">
         <v>90373</v>
       </c>
       <c r="F7" s="3">
         <v>24718</v>
       </c>
       <c r="G7" s="3">
         <v>103365</v>
       </c>
       <c r="H7" s="3">
-        <v>5114</v>
+        <v>5671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>