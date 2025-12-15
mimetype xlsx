--- v0 (2025-11-23)
+++ v1 (2025-12-15)
@@ -220,60 +220,60 @@
   <si>
     <t>Asociata Cinemascop</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Fuga</t>
+  </si>
+  <si>
     <t>AT,AU,CA,CO,DE,ES,FR,GB,IE,IT,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>Flee</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fuga</t>
   </si>
   <si>
     <t>Flee: Nenhum Lugar Para Chamar de Lar</t>
   </si>
   <si>
     <t>Utéct</t>
   </si>
   <si>
     <t>Põgenemine</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pako</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Bijeg</t>
   </si>
   <si>
     <t>Menekülés</t>
   </si>
@@ -1402,51 +1402,51 @@
       <c r="A2" t="s">
         <v>68</v>
       </c>
       <c r="B2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>70</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>75</v>
       </c>