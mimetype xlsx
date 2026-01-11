--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -750,60 +750,62 @@
         <v>44833</v>
       </c>
       <c r="D5" s="3">
         <v>597</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>534</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6">
         <v>44770</v>
       </c>
       <c r="D6" s="3">
-        <v>4581</v>
+        <v>5138</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>4052</v>
       </c>
       <c r="G6" s="3">
         <v>529</v>
       </c>
-      <c r="H6" s="3"/>
+      <c r="H6" s="3">
+        <v>557</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7">
         <v>44748</v>
       </c>
       <c r="D7" s="3">
         <v>2048</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>2019</v>
       </c>
       <c r="G7" s="3">
         <v>9</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
     </row>
@@ -832,83 +834,83 @@
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9">
         <v>44489</v>
       </c>
       <c r="D9" s="3">
         <v>70</v>
       </c>
       <c r="E9" s="3">
         <v>70</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="3">
-        <v>23449</v>
+        <v>24006</v>
       </c>
       <c r="E10" s="3">
         <v>521</v>
       </c>
       <c r="F10" s="3">
         <v>22307</v>
       </c>
       <c r="G10" s="3">
         <v>538</v>
       </c>
       <c r="H10" s="3">
-        <v>83</v>
+        <v>640</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="3">
-        <v>23578</v>
+        <v>24135</v>
       </c>
       <c r="E11" s="3">
         <v>591</v>
       </c>
       <c r="F11" s="3">
         <v>22366</v>
       </c>
       <c r="G11" s="3">
         <v>538</v>
       </c>
       <c r="H11" s="3">
-        <v>83</v>
+        <v>640</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>