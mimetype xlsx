--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="79">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Super-héros malgré lui</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Philippe Lacheau</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -155,50 +155,53 @@
     <t>HU</t>
   </si>
   <si>
     <t>Prorom Entertainment</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Taramount Film</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Premium Film</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Prorom/Ro-Image 2000</t>
+  </si>
+  <si>
+    <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Super ¿quién?: Un superhéroe por accidente</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
   </si>
@@ -709,51 +712,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1004,272 +1007,289 @@
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>46</v>
       </c>
       <c r="C13">
         <v>44617</v>
       </c>
       <c r="D13" s="3">
         <v>17441</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>17441</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>44630</v>
+        <v>42</v>
       </c>
       <c r="D14" s="3">
-        <v>918</v>
+        <v>100</v>
       </c>
       <c r="E14" s="3"/>
-      <c r="F14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="F14" s="3"/>
       <c r="G14" s="3"/>
-      <c r="H14" s="3"/>
+      <c r="H14" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" t="s">
         <v>49</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>44644</v>
+        <v>44630</v>
       </c>
       <c r="D15" s="3">
-        <v>10010</v>
+        <v>918</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
-        <v>8996</v>
-[...6 lines deleted...]
-      </c>
+        <v>918</v>
+      </c>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
+      <c r="B16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16">
+        <v>44644</v>
+      </c>
       <c r="D16" s="3">
-        <v>1981931</v>
-[...3 lines deleted...]
-      </c>
+        <v>10010</v>
+      </c>
+      <c r="E16" s="3"/>
       <c r="F16" s="3">
-        <v>1941469</v>
+        <v>8996</v>
       </c>
       <c r="G16" s="3">
-        <v>2872</v>
+        <v>851</v>
       </c>
       <c r="H16" s="3">
-        <v>317</v>
+        <v>163</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="3">
+        <v>1981931</v>
+      </c>
+      <c r="E17" s="3">
+        <v>37273</v>
+      </c>
+      <c r="F17" s="3">
+        <v>1941469</v>
+      </c>
+      <c r="G17" s="3">
+        <v>2872</v>
+      </c>
+      <c r="H17" s="3">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" s="3">
         <v>1994653</v>
       </c>
-      <c r="E17" s="3">
+      <c r="E18" s="3">
         <v>37407</v>
       </c>
-      <c r="F17" s="3">
+      <c r="F18" s="3">
         <v>1954037</v>
       </c>
-      <c r="G17" s="3">
+      <c r="G18" s="3">
         <v>2892</v>
       </c>
-      <c r="H17" s="3">
+      <c r="H18" s="3">
         <v>317</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>