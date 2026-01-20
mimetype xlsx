--- v0 (2025-12-09)
+++ v1 (2026-01-20)
@@ -97,69 +97,69 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2020</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De jakhals</t>
+  </si>
+  <si>
     <t>AU,CA,GB,HK,NL,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El día del chacal</t>
   </si>
   <si>
     <t>BE,CA,ES,FR,PT</t>
   </si>
   <si>
     <t>Chacal</t>
-  </si>
-[...4 lines deleted...]
-    <t>De jakhals</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Денят на Чакала</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Dia do Chacal</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Šakal</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Der Schakal</t>
   </si>
@@ -808,59 +808,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>