--- v0 (2025-11-14)
+++ v1 (2026-01-14)
@@ -79,50 +79,56 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>致命之旅</t>
+  </si>
+  <si>
     <t>NL,NO</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El viaje</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Un séjour inoubliable</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Cesta za smířením</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Ein mörderisches Wochenende</t>
@@ -170,56 +176,50 @@
     <t>Złe dni</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Viagem</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Călătorie bestială</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>I död och lust</t>
   </si>
   <si>
     <t>AU,BR,DE,FR,GB,IT,SG,US</t>
   </si>
   <si>
     <t>The Trip</t>
-  </si>
-[...4 lines deleted...]
-    <t>致命之旅</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>İyi Katiller Sevgilim</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Поездка</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Поїздка</t>
   </si>
   <si>
     <t>The Trip - Ein mörderisches Wochenende</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -745,59 +745,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
@@ -902,51 +902,51 @@
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">